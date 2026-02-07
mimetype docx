--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D4BB379" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w:rsidRDefault="008B43FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE5179">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB45B" wp14:editId="6D4BB45C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>457200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>39116</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190624" cy="1085849"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
@@ -2978,67 +2979,65 @@
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000654CE">
               <w:t xml:space="preserve">If the project is to </w:t>
             </w:r>
             <w:r w:rsidR="001B3D0A" w:rsidRPr="000654CE">
               <w:t>be run</w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:t xml:space="preserve"> for more than 1 year you will need to specify the cost assumptions you are making</w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00097B90" w:rsidRPr="000654CE">
               <w:t>e.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="005E6C56" w:rsidRPr="000654CE">
               <w:t>g.</w:t>
             </w:r>
             <w:r w:rsidR="005E6C56" w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B3D0A" w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000654CE">
               <w:t>at</w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:t>2025</w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:t>prices’</w:t>
             </w:r>
             <w:r w:rsidRPr="000654CE">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
@@ -3326,135 +3325,87 @@
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5219"/>
         <w:gridCol w:w="277"/>
         <w:gridCol w:w="3988"/>
         <w:gridCol w:w="1683"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB3D7" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11167" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D4BB3D6" w14:textId="6CF90FFB" w:rsidR="007B7CA1" w:rsidRPr="0000432B" w:rsidRDefault="00A064C9" w:rsidP="00890AE5">
+          <w:p w14:paraId="6D4BB3D6" w14:textId="5B382BEC" w:rsidR="007B7CA1" w:rsidRPr="0000432B" w:rsidRDefault="002704C5" w:rsidP="00890AE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="80" w:after="80" w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
-            <w:r w:rsidRPr="0000432B">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t xml:space="preserve">The BDA GET encourages applicants to seek additional / part-funding and support-in-kind for their proposed work from </w:t>
             </w:r>
             <w:r w:rsidR="004B5D12" w:rsidRPr="0000432B">
               <w:t xml:space="preserve">other </w:t>
             </w:r>
             <w:r w:rsidR="00973181" w:rsidRPr="0000432B">
-              <w:t xml:space="preserve">organisations to find </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> sources</w:t>
+              <w:t xml:space="preserve">organisations </w:t>
+            </w:r>
+            <w:r>
+              <w:t>including their employers</w:t>
             </w:r>
             <w:r w:rsidR="0008375D" w:rsidRPr="0000432B">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D57F6A" w:rsidRPr="0000432B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00127589" w:rsidRPr="0000432B">
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
             <w:r w:rsidR="007C42FB" w:rsidRPr="0000432B">
               <w:t>give details of</w:t>
             </w:r>
             <w:r w:rsidR="00127589" w:rsidRPr="0000432B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C42FB" w:rsidRPr="0000432B">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> and any funding agreements</w:t>
+            <w:r>
+              <w:t>any additional / part-funding or support-in-kind that is already in place, has been previously requested or is currently being sought</w:t>
             </w:r>
             <w:r w:rsidR="005133DD" w:rsidRPr="0000432B">
-              <w:t xml:space="preserve"> already in place.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB3D9" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="1985"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11167" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2226FA81" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w:rsidRDefault="007B7CA1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="558EBC77" w14:textId="77777777" w:rsidR="00C27979" w:rsidRPr="00EE5179" w:rsidRDefault="00C27979">
             <w:pPr>
@@ -8283,58 +8234,61 @@
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="55976408" w14:textId="77777777" w:rsidR="000A78B6" w:rsidRPr="002950F8" w:rsidRDefault="000A78B6" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="000A78B6" w:rsidRPr="00EE5179" w14:paraId="636D3298" w14:textId="77777777" w:rsidTr="00F179C3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3452" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="19083935" w14:textId="4DA3D49E" w:rsidR="000A78B6" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
+                <w:p w14:paraId="19083935" w14:textId="190C5D18" w:rsidR="000A78B6" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                   <w:r w:rsidRPr="002950F8">
                     <w:t>Equipment - please explain why this is not already available below</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00853C50">
+                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="6B8776B9" w14:textId="77777777" w:rsidR="000A78B6" w:rsidRPr="002950F8" w:rsidRDefault="000A78B6" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="46E29A8E" w14:textId="77777777" w:rsidR="000A78B6" w:rsidRPr="002950F8" w:rsidRDefault="000A78B6" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
@@ -8381,195 +8335,195 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="3EDED6DB" w14:textId="77777777" w:rsidR="009919B1" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="05E559AB" w14:textId="77777777" w:rsidR="009919B1" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="7B896352" w14:paraId="0BB06D41" w14:textId="77777777" w:rsidTr="00820170">
+            <w:tr w:rsidR="7B896352" w14:paraId="0BB06D41" w14:textId="77777777" w:rsidTr="00934A55">
               <w:trPr>
                 <w:trHeight w:val="504"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3452" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="B1EEEC"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
                 <w:p w14:paraId="79D17B09" w14:textId="4DEC0966" w:rsidR="3CF524D1" w:rsidRDefault="3CF524D1" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Dissemination</w:t>
                   </w:r>
                   <w:r w:rsidR="7B896352" w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="B1EEEC"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
                 <w:p w14:paraId="7CBE8F79" w14:textId="77777777" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Yr 1</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="78695C94" w14:textId="49F7A505" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>£</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="B1EEEC"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
                 <w:p w14:paraId="3FEDA204" w14:textId="60D90072" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Yr 2*</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="09AE7C1C" w14:textId="3E2F4F41" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>£</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="B1EEEC"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
                 <w:p w14:paraId="59B2CF8F" w14:textId="7FF31038" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="7B896352">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Yr 3*</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="0AEC4422" w14:textId="1AD0548B" w:rsidR="7B896352" w:rsidRDefault="7B896352" w:rsidP="7B896352">
                   <w:pPr>
@@ -8829,575 +8783,917 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="1F121AF8" w14:textId="77777777" w:rsidR="009919B1" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
                 <w:p w14:paraId="14A1630E" w14:textId="77777777" w:rsidR="009919B1" w:rsidRPr="002950F8" w:rsidRDefault="009919B1" w:rsidP="00C27979">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="003C65C0" w:rsidRPr="00EE5179" w14:paraId="2A0B7C46" w14:textId="77777777" w:rsidTr="00F179C3">
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="2A0B7C46" w14:textId="77777777" w:rsidTr="00934A55">
+              <w:trPr>
+                <w:trHeight w:val="510"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3452" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
-                <w:p w14:paraId="6BFC1CC3" w14:textId="10A10CAC" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="6BFC1CC3" w14:textId="14F9F599" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
+                  <w:r w:rsidRPr="00934A55">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Other expenses</w:t>
+                  </w:r>
                   <w:r w:rsidRPr="002950F8">
-                    <w:t>Any other expenses – please specify below</w:t>
+                    <w:t xml:space="preserve"> – please specify below</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
                 </w:tcPr>
-                <w:p w14:paraId="41E843A0" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="529E38E6" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 1</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="41E843A0" w14:textId="1AF9AE91" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="77AAB070" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 2*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0677226D" w14:textId="6A3FA8A1" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="273510B7" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 3*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="23706626" w14:textId="39CF095C" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="5E30B39C" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="09345B15" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="0677226D" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="3896E4F5" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="23706626" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
-[...13 lines deleted...]
-                <w:p w14:paraId="09345B15" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="0FDA6AEA" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="3896E4F5" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="494459AA" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="71C0410B" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="634835C9" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="0FDA6AEA" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="644458F4" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="494459AA" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
-[...40 lines deleted...]
-                <w:p w14:paraId="17F725E5" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="2D1568ED" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="7F7584A6" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="29670F3C" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="349F1C89" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1837FA36" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="5A6ED8ED" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="002950F8" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
-[...13 lines deleted...]
-                <w:p w14:paraId="70D28F1A" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="3686B48C" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="58C8BB80" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="68C92AE9" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="27CDFC70" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="08801480" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="6984E96A" w14:textId="77777777" w:rsidTr="00934A55">
+              <w:trPr>
+                <w:trHeight w:val="454"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="4FEED1E5" w14:textId="4E9733D6" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00934A55">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Salaries</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002950F8">
+                    <w:t xml:space="preserve"> (please add full time equivalent for each, in calculation of costs)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E09C126" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 1</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="17F725E5" w14:textId="3743C8F0" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="3E807BE0" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 2*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7F7584A6" w14:textId="621D0E4C" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="C5F5FF"/>
+                </w:tcPr>
+                <w:p w14:paraId="0FBA7638" w14:textId="77777777" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Yr 3*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5A6ED8ED" w14:textId="7F55F870" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>£</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="2DC41BC0" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="70D28F1A" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="245A0D7C" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
-[...13 lines deleted...]
-                <w:p w14:paraId="37D8FF0E" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="58C8BB80" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="1ABD9853" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="27CDFC70" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="768972A1" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="245A0D7C" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="10E357CC" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="37D8FF0E" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="11FF7976" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
-[...13 lines deleted...]
-                <w:p w14:paraId="4A746CF4" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="1ABD9853" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="6F84A0B5" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="768972A1" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="4E163850" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="11FF7976" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="23445443" w14:textId="77777777" w:rsidTr="00F179C3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3452" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A746CF4" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="457B38F1" w14:textId="77777777" w:rsidR="00B23D15" w:rsidRPr="002950F8" w:rsidRDefault="00B23D15" w:rsidP="00C27979">
+                <w:p w14:paraId="6F84A0B5" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4E163850" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:pStyle w:val="TableParagraph"/>
+                    <w:spacing w:line="312" w:lineRule="exact"/>
+                    <w:ind w:left="0"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="516" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="457B38F1" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="002950F8" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="003C65C0" w:rsidRPr="00EE5179" w14:paraId="01D3605D" w14:textId="77777777" w:rsidTr="00F179C3">
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="01D3605D" w14:textId="77777777" w:rsidTr="00F179C3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3452" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="7B6E37DD" w14:textId="1BEB8D49" w:rsidR="003C65C0" w:rsidRPr="00EE5179" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="7B6E37DD" w14:textId="1BEB8D49" w:rsidR="00261226" w:rsidRPr="00EE5179" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00EE5179">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                     <w:t>Totals</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="4E6214D7" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="00EE5179" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="4E6214D7" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="00EE5179" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="23C66A2D" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="00EE5179" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="23C66A2D" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="00EE5179" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="0DE413AC" w14:textId="77777777" w:rsidR="003C65C0" w:rsidRPr="00EE5179" w:rsidRDefault="003C65C0" w:rsidP="00C27979">
+                <w:p w14:paraId="0DE413AC" w14:textId="77777777" w:rsidR="00261226" w:rsidRPr="00EE5179" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004C2130" w:rsidRPr="00EE5179" w14:paraId="2BC5FA2C" w14:textId="77777777" w:rsidTr="00F179C3">
+            <w:tr w:rsidR="00261226" w:rsidRPr="00EE5179" w14:paraId="2BC5FA2C" w14:textId="77777777" w:rsidTr="00F179C3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3452" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="43C20ADD" w14:textId="21FBE19C" w:rsidR="004C2130" w:rsidRPr="00EE5179" w:rsidRDefault="32804951" w:rsidP="7B896352">
+                <w:p w14:paraId="41AB1B71" w14:textId="3CFBC32D" w:rsidR="00261226" w:rsidRDefault="00261226" w:rsidP="00261226">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="7B896352">
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> If the project is to run for more than 1 year you will need to specify the cost assumptions you are making (e</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>g</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> ‘at 20</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>26</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> prices’ or ‘assuming </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">% inflation per annum’, </w:t>
+                  </w:r>
+                  <w:r w:rsidR="004B4B07" w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>etc.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75A86">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Applications for salaries must include a copy of a job description and person specification for each post.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="43C20ADD" w14:textId="544FA188" w:rsidR="00261226" w:rsidRPr="00EE5179" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="7B896352">
-[...61 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="062798A1" w14:textId="5ECE23CE" w:rsidR="004C2130" w:rsidRPr="00B70C19" w:rsidRDefault="00B70C19" w:rsidP="00C27979">
+                <w:p w14:paraId="062798A1" w14:textId="5ECE23CE" w:rsidR="00261226" w:rsidRPr="00B70C19" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B70C19">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                     <w:t>£</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="381711E2" w14:textId="25408EEC" w:rsidR="004C2130" w:rsidRPr="00B70C19" w:rsidRDefault="00B70C19" w:rsidP="00C27979">
+                <w:p w14:paraId="381711E2" w14:textId="25408EEC" w:rsidR="00261226" w:rsidRPr="00B70C19" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B70C19">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                     <w:t>£</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="516" w:type="pct"/>
                 </w:tcPr>
-                <w:p w14:paraId="6815EA2F" w14:textId="38B7BB97" w:rsidR="004C2130" w:rsidRPr="00B70C19" w:rsidRDefault="00B70C19" w:rsidP="00C27979">
+                <w:p w14:paraId="6815EA2F" w14:textId="38B7BB97" w:rsidR="00261226" w:rsidRPr="00B70C19" w:rsidRDefault="00261226" w:rsidP="00261226">
                   <w:pPr>
                     <w:pStyle w:val="TableParagraph"/>
                     <w:spacing w:line="312" w:lineRule="exact"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B70C19">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                     </w:rPr>
                     <w:t>£</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="605789C2" w14:textId="77777777" w:rsidR="00C27979" w:rsidRPr="00EE5179" w:rsidRDefault="00C27979" w:rsidP="00C27979">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -9438,82 +9734,82 @@
             </w:r>
             <w:r w:rsidR="00C27979" w:rsidRPr="00EE5179">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB42C" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5F4FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4BB42B" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w:rsidRDefault="008B43FF">
+          <w:p w14:paraId="6D4BB42B" w14:textId="0343F86C" w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w:rsidRDefault="008B43FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="90"/>
               <w:ind w:left="129"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE5179">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sponsoring</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5179">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE5179">
+            <w:r w:rsidR="00934A55" w:rsidRPr="00EE5179">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>organisation</w:t>
+              <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB42E" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D4BB42D" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="008B43FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="89"/>
             </w:pPr>
             <w:r w:rsidRPr="002950F8">
               <w:t>Description</w:t>
             </w:r>
@@ -9891,50 +10187,51 @@
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB43C" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D4BB439" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="007B7CA1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="46"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D4BB43A" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="008B43FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="002950F8">
+              <w:lastRenderedPageBreak/>
               <w:t>Employment</w:t>
             </w:r>
             <w:r w:rsidRPr="002950F8">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002950F8">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3727" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D4BB43B" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="007B7CA1">
@@ -10251,51 +10548,50 @@
                 <w:i/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> above)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB44A" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6D4BB448" w14:textId="55787817" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="008B43FF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="90"/>
             </w:pPr>
             <w:r w:rsidRPr="002950F8">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="0012326D" w:rsidRPr="002950F8">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3727" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6D4BB449" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRPr="002950F8" w:rsidRDefault="007B7CA1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7CA1" w:rsidRPr="00EE5179" w14:paraId="6D4BB44D" w14:textId="77777777" w:rsidTr="7B896352">
         <w:trPr>
           <w:trHeight w:val="453"/>
@@ -10477,58 +10773,58 @@
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D4BB45B" w14:textId="77777777" w:rsidR="00E85D39" w:rsidRDefault="00E85D39" w:rsidP="00AB0152">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B5E8ED"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E85D39">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="780" w:right="283" w:bottom="520" w:left="283" w:header="0" w:footer="335" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="287E1DC8" w14:textId="77777777" w:rsidR="00A47102" w:rsidRDefault="00A47102">
+    <w:p w14:paraId="0F0B04E6" w14:textId="77777777" w:rsidR="00EE609E" w:rsidRDefault="00EE609E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59CA1C8A" w14:textId="77777777" w:rsidR="00A47102" w:rsidRDefault="00A47102">
+    <w:p w14:paraId="6BBC2A17" w14:textId="77777777" w:rsidR="00EE609E" w:rsidRDefault="00EE609E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -10551,51 +10847,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D4BB45F" w14:textId="77777777" w:rsidR="007B7CA1" w:rsidRDefault="008B43FF">
+  <w:p w14:paraId="6D4BB45F" w14:textId="1D296B74" w:rsidR="007B7CA1" w:rsidRDefault="008B43FF">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB460" wp14:editId="6D4BB461">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>419100</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10339991</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="153035" cy="153670"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -10723,51 +11019,51 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB462" wp14:editId="6D4BB463">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB462" wp14:editId="6736B207">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2877489</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10339991</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="891540" cy="153670"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="891540" cy="153670"/>
                       </a:xfrm>
@@ -10827,51 +11123,51 @@
                           <w:color w:val="0000FF"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="18"/>
                           <w:u w:val="single" w:color="0000FF"/>
                         </w:rPr>
                         <w:t>get@bda.uk.com</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB464" wp14:editId="6D4BB465">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4BB464" wp14:editId="590BF25E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5370715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10339991</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1744345" cy="153670"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Textbox 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1744345" cy="153670"/>
                       </a:xfrm>
@@ -10952,56 +11248,63 @@
                           <w:r w:rsidR="00C27979">
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="6C9C5E58" w14:textId="77777777" w:rsidR="003E4CB9" w:rsidRDefault="003E4CB9">
                           <w:pPr>
                             <w:spacing w:before="14"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="6D4BB464" id="Textbox 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:422.9pt;margin-top:814.15pt;width:137.35pt;height:12.1pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5zkfVmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uGyEQvlfqOyDu9dqOk1Qrr6O2UatK&#10;URsp7QNgFryoC0NnsHf99h3I2q6SW9ULDDB8fD+s70bfi4NBchAauZjNpTBBQ+vCrpE/f3x+914K&#10;Siq0qodgGnk0JO82b9+sh1ibJXTQtwYFgwSqh9jILqVYVxXpznhFM4gm8KEF9CrxEndVi2pgdN9X&#10;y/n8phoA24igDRHv3j8fyk3Bt9bo9N1aMkn0jWRuqYxYxm0eq81a1TtUsXN6oqH+gYVXLvCjZ6h7&#10;lZTYo3sF5Z1GILBppsFXYK3TpmhgNYv5CzVPnYqmaGFzKJ5tov8Hq78dnuIjijR+hJEDLCIoPoD+&#10;RexNNUSqp57sKdXE3VnoaNHnmSUIvsjeHs9+mjEJndFuV6ur1bUUms8W11c3t8Xw6nI7IqUvBrzI&#10;RSOR8yoM1OGBUn5f1aeWiczz+5lJGrejcG0jlznFvLOF9shaBo6zkfR7r9BI0X8N7FfO/lTgqdie&#10;Ckz9Jyg/JEsK8GGfwLpC4II7EeAgCq/p0+Sk/16XrsvX3vwBAAD//wMAUEsDBBQABgAIAAAAIQA1&#10;sApK4QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNAojSNU1UITkiI&#10;NBw4OvE2sRqvQ+y24e9xTnCcndHM22I3m4FdcHLakoD1KgKG1FqlqRPwWb8+ZMCcl6TkYAkF/KCD&#10;XXl7U8hc2StVeDn4joUScrkU0Hs/5py7tkcj3cqOSME72slIH+TUcTXJayg3A4+jKOVGagoLvRzx&#10;ucf2dDgbAfsvql7093vzUR0rXdebiN7SkxD3d/N+C8zj7P/CsOAHdCgDU2PPpBwbBGRPSUD3wUjj&#10;7BHYElnHUQKsWW5JnAAvC/7/jfIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOc5H1ZkB&#10;AAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANbAK&#10;SuEAAAAOAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shapetype w14:anchorId="6D4BB464" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:422.9pt;margin-top:814.15pt;width:137.35pt;height:12.1pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5zkfVmQEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uGyEQvlfqOyDu9dqOk1Qrr6O2UatK&#10;URsp7QNgFryoC0NnsHf99h3I2q6SW9ULDDB8fD+s70bfi4NBchAauZjNpTBBQ+vCrpE/f3x+914K&#10;Siq0qodgGnk0JO82b9+sh1ibJXTQtwYFgwSqh9jILqVYVxXpznhFM4gm8KEF9CrxEndVi2pgdN9X&#10;y/n8phoA24igDRHv3j8fyk3Bt9bo9N1aMkn0jWRuqYxYxm0eq81a1TtUsXN6oqH+gYVXLvCjZ6h7&#10;lZTYo3sF5Z1GILBppsFXYK3TpmhgNYv5CzVPnYqmaGFzKJ5tov8Hq78dnuIjijR+hJEDLCIoPoD+&#10;RexNNUSqp57sKdXE3VnoaNHnmSUIvsjeHs9+mjEJndFuV6ur1bUUms8W11c3t8Xw6nI7IqUvBrzI&#10;RSOR8yoM1OGBUn5f1aeWiczz+5lJGrejcG0jlznFvLOF9shaBo6zkfR7r9BI0X8N7FfO/lTgqdie&#10;Ckz9Jyg/JEsK8GGfwLpC4II7EeAgCq/p0+Sk/16XrsvX3vwBAAD//wMAUEsDBBQABgAIAAAAIQBh&#10;DGSK5gAAABMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyHyEjcWLpCq9I1nSb+nJAQ&#10;XTlwTJusjdY4pcm28u1xT3CxZD/7+feK7WwHdtaTNw4FrFcRMI2tUwY7AZ/1610GzAeJSg4OtYAf&#10;7WFbXl8VMlfugpU+70PHyAR9LgX0IYw5577ttZV+5UaNpB3cZGWgduq4muSFzO3A4yhKuZUG6UMv&#10;R/3U6/a4P1kBuy+sXsz3e/NRHSpT148RvqVHIW5v5ucNld0GWNBz+LuAJQPxQ0lgjTuh8mwQkD0k&#10;xB9ISOPsHtiyso6jBFizzJI4AV4W/H+W8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5&#10;zkfVmQEAACIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBhDGSK5gAAABMBAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6D4BB469" w14:textId="45C9E23D" w:rsidR="007B7CA1" w:rsidRDefault="008B43FF">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>GET</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-7"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
@@ -11060,58 +11363,58 @@
                   </w:p>
                   <w:p w14:paraId="6C9C5E58" w14:textId="77777777" w:rsidR="003E4CB9" w:rsidRDefault="003E4CB9">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CD8636D" w14:textId="77777777" w:rsidR="00A47102" w:rsidRDefault="00A47102">
+    <w:p w14:paraId="6085DE8F" w14:textId="77777777" w:rsidR="00EE609E" w:rsidRDefault="00EE609E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C04FB81" w14:textId="77777777" w:rsidR="00A47102" w:rsidRDefault="00A47102">
+    <w:p w14:paraId="51D5FA41" w14:textId="77777777" w:rsidR="00EE609E" w:rsidRDefault="00EE609E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_PFcmoasQ" int2:invalidationBookmarkName="" int2:hashCode="3LP288qalePFyQ" int2:id="k6SKxiKz">
       <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C305277"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -11378,152 +11681,162 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00653B6C"/>
     <w:rsid w:val="0000109B"/>
     <w:rsid w:val="00001929"/>
     <w:rsid w:val="000031AC"/>
     <w:rsid w:val="0000432B"/>
     <w:rsid w:val="000112C1"/>
     <w:rsid w:val="000319EE"/>
     <w:rsid w:val="00044BF9"/>
+    <w:rsid w:val="00055D94"/>
     <w:rsid w:val="000654CE"/>
     <w:rsid w:val="0008375D"/>
+    <w:rsid w:val="00094A91"/>
     <w:rsid w:val="00097B90"/>
     <w:rsid w:val="000A78B6"/>
+    <w:rsid w:val="000D1A09"/>
     <w:rsid w:val="000E15F2"/>
     <w:rsid w:val="0012326D"/>
     <w:rsid w:val="0012655F"/>
     <w:rsid w:val="00127589"/>
     <w:rsid w:val="001A3854"/>
     <w:rsid w:val="001B3D0A"/>
+    <w:rsid w:val="00261226"/>
+    <w:rsid w:val="002704C5"/>
     <w:rsid w:val="0028103B"/>
     <w:rsid w:val="002950F8"/>
     <w:rsid w:val="002B1D78"/>
     <w:rsid w:val="00352136"/>
     <w:rsid w:val="00374754"/>
     <w:rsid w:val="003A76C8"/>
     <w:rsid w:val="003C65C0"/>
     <w:rsid w:val="003E4CB9"/>
     <w:rsid w:val="004208CF"/>
     <w:rsid w:val="00442151"/>
     <w:rsid w:val="00450A5C"/>
+    <w:rsid w:val="004B4B07"/>
     <w:rsid w:val="004B5D12"/>
     <w:rsid w:val="004B6159"/>
     <w:rsid w:val="004C2130"/>
     <w:rsid w:val="005133DD"/>
     <w:rsid w:val="00535093"/>
-    <w:rsid w:val="00542767"/>
     <w:rsid w:val="0054289B"/>
     <w:rsid w:val="005A0B75"/>
     <w:rsid w:val="005B46E5"/>
     <w:rsid w:val="005E6C56"/>
     <w:rsid w:val="0062B90E"/>
     <w:rsid w:val="00653B6C"/>
     <w:rsid w:val="00787D34"/>
     <w:rsid w:val="007B7CA1"/>
     <w:rsid w:val="007C2B43"/>
     <w:rsid w:val="007C42FB"/>
     <w:rsid w:val="007F0ADA"/>
     <w:rsid w:val="00820170"/>
+    <w:rsid w:val="00853C50"/>
     <w:rsid w:val="008625DB"/>
     <w:rsid w:val="00863AF8"/>
     <w:rsid w:val="00886CE7"/>
     <w:rsid w:val="00890AE5"/>
     <w:rsid w:val="008A11CF"/>
     <w:rsid w:val="008B3D4E"/>
     <w:rsid w:val="008B43FF"/>
     <w:rsid w:val="008D2AE6"/>
     <w:rsid w:val="008F1569"/>
     <w:rsid w:val="008F4849"/>
     <w:rsid w:val="00903AB8"/>
+    <w:rsid w:val="00934A55"/>
     <w:rsid w:val="00942F26"/>
     <w:rsid w:val="00947873"/>
     <w:rsid w:val="00973181"/>
     <w:rsid w:val="00975727"/>
     <w:rsid w:val="0098228E"/>
     <w:rsid w:val="009919B1"/>
     <w:rsid w:val="009A28C5"/>
     <w:rsid w:val="009D0FB2"/>
     <w:rsid w:val="009E46B1"/>
     <w:rsid w:val="00A01D0E"/>
     <w:rsid w:val="00A064C9"/>
     <w:rsid w:val="00A47102"/>
     <w:rsid w:val="00A70A99"/>
     <w:rsid w:val="00A760B3"/>
+    <w:rsid w:val="00A77F98"/>
     <w:rsid w:val="00A85D80"/>
     <w:rsid w:val="00A9684D"/>
     <w:rsid w:val="00AA5460"/>
     <w:rsid w:val="00AB0152"/>
     <w:rsid w:val="00AE5282"/>
     <w:rsid w:val="00AF16F6"/>
     <w:rsid w:val="00AF6872"/>
     <w:rsid w:val="00B23D15"/>
     <w:rsid w:val="00B70C19"/>
+    <w:rsid w:val="00B82DCB"/>
     <w:rsid w:val="00BA1FF9"/>
     <w:rsid w:val="00BA2FB7"/>
+    <w:rsid w:val="00BA57A6"/>
     <w:rsid w:val="00BC3AD0"/>
     <w:rsid w:val="00BD534B"/>
     <w:rsid w:val="00BF3720"/>
     <w:rsid w:val="00BF53B8"/>
     <w:rsid w:val="00C017C2"/>
     <w:rsid w:val="00C1064D"/>
     <w:rsid w:val="00C27979"/>
     <w:rsid w:val="00C52CFB"/>
     <w:rsid w:val="00C726A0"/>
     <w:rsid w:val="00C95D76"/>
     <w:rsid w:val="00C97CE3"/>
     <w:rsid w:val="00CD01A5"/>
     <w:rsid w:val="00D22661"/>
     <w:rsid w:val="00D57F6A"/>
     <w:rsid w:val="00D911C9"/>
     <w:rsid w:val="00DB6290"/>
     <w:rsid w:val="00DC5915"/>
     <w:rsid w:val="00E529D5"/>
     <w:rsid w:val="00E854A5"/>
     <w:rsid w:val="00E85D39"/>
     <w:rsid w:val="00EB4C80"/>
     <w:rsid w:val="00EB7AE1"/>
     <w:rsid w:val="00EE5179"/>
+    <w:rsid w:val="00EE609E"/>
     <w:rsid w:val="00F179C3"/>
     <w:rsid w:val="00F35BC8"/>
     <w:rsid w:val="00F574CC"/>
-    <w:rsid w:val="00F91E95"/>
     <w:rsid w:val="00F97BA8"/>
     <w:rsid w:val="00FB7A8C"/>
     <w:rsid w:val="1264EDB0"/>
     <w:rsid w:val="19CE28EE"/>
     <w:rsid w:val="1A6A6F80"/>
     <w:rsid w:val="1AC6089B"/>
     <w:rsid w:val="23BF839A"/>
     <w:rsid w:val="32804951"/>
     <w:rsid w:val="39E4CD18"/>
     <w:rsid w:val="3CF524D1"/>
     <w:rsid w:val="3D639B4C"/>
     <w:rsid w:val="405D25F7"/>
     <w:rsid w:val="56F5C0FB"/>
     <w:rsid w:val="5EBDBB3E"/>
     <w:rsid w:val="68A83AC8"/>
     <w:rsid w:val="6F8467B4"/>
     <w:rsid w:val="7B896352"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -12085,50 +12398,65 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C726A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000A78B6"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00261226"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:get@bda.uk.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:get@bda.uk.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:get@bda.uk.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:get@bda.uk.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -12396,61 +12724,72 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="35b459ec-9e27-43e1-9885-15f9745bd626">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="35b459ec-9e27-43e1-9885-15f9745bd626" xmlns:ns3="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="816501a0f328dcd191e3af308bb83d24" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C369FBDB8BC954FA59DA1C39D82BFFE" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="aecc0d781a83a3dbe93e4b9c97ae0369">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="35b459ec-9e27-43e1-9885-15f9745bd626" xmlns:ns3="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe6fa9d1de07797eaadbbda41ec6cec7" ns2:_="" ns3:_="">
     <xsd:import namespace="35b459ec-9e27-43e1-9885-15f9745bd626"/>
     <xsd:import namespace="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -12605,131 +12944,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E8EFFD8-81BB-44A1-BE87-62178D1140B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35b459ec-9e27-43e1-9885-15f9745bd626"/>
+    <ds:schemaRef ds:uri="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D69A5A75-DC67-4858-B0C3-A301FB3F83D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26B33CA1-12C1-4C52-B5C1-83B9F0723F3C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67AF3BC0-C078-42ED-B4E9-4D82CDD1F0E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="35b459ec-9e27-43e1-9885-15f9745bd626"/>
     <ds:schemaRef ds:uri="d88dfa87-d8dc-4f62-9cbb-b0759a7435cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{93e6beba-c4aa-4731-af5d-d735b097eadb}" enabled="0" method="" siteId="{93e6beba-c4aa-4731-af5d-d735b097eadb}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>950</Words>
-  <Characters>5417</Characters>
+  <Words>990</Words>
+  <Characters>5648</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6355</CharactersWithSpaces>
+  <CharactersWithSpaces>6625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joelle O’Toole</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000C369FBDB8BC954FA59DA1C39D82BFFE</vt:lpwstr>
   </property>